--- v0 (2026-01-01)
+++ v1 (2026-02-21)
@@ -1,79 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Leadership\SLT\FGB\2024-2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Leadership\SLT\FGB\2025-2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="84" documentId="8_{0ECC1E46-AD93-451F-9DB8-7A2CCA5FA669}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{2CE0516E-2E17-4848-BFEE-B58A00DC0064}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="113_{0BF32E12-3AEC-476E-969E-3C479F270437}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{099B3876-990F-4653-9E51-A3E58800B860}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="-105" windowWidth="23250" windowHeight="12570" activeTab="2" xr2:uid="{9DB7ADC6-9E79-4C4A-AE34-35C1CD2EB751}"/>
+    <workbookView xWindow="-105" yWindow="-105" windowWidth="23250" windowHeight="12570" activeTab="3" xr2:uid="{9DB7ADC6-9E79-4C4A-AE34-35C1CD2EB751}"/>
   </bookViews>
   <sheets>
     <sheet name="2022-2023" sheetId="1" r:id="rId1"/>
     <sheet name="2023-2024" sheetId="2" r:id="rId2"/>
     <sheet name="2024-2025" sheetId="3" r:id="rId3"/>
+    <sheet name="2025-2026" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="472" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="560" uniqueCount="36">
   <si>
     <t>Governor</t>
   </si>
   <si>
     <t>Role</t>
   </si>
   <si>
     <t>Mrs Jo Bell</t>
   </si>
   <si>
     <t>Headteacher</t>
   </si>
   <si>
     <t>Mrs Kathy Page</t>
   </si>
   <si>
     <t>Chair / Co-opted Governor</t>
   </si>
   <si>
     <t>Ms Lucy Omidiran</t>
   </si>
   <si>
     <t>Vice-Chair / Co-opted Governor</t>
   </si>
   <si>
@@ -134,50 +137,53 @@
     <t>Ms Sylvia Lunn</t>
   </si>
   <si>
     <t>Retired from the board</t>
   </si>
   <si>
     <t>Mr Josh Adams</t>
   </si>
   <si>
     <t>Mr Jeremy Willis</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
   <si>
     <t>Resigned</t>
   </si>
   <si>
     <t>Mr Jacob Pyrah</t>
   </si>
   <si>
     <t>Resigned Jan 2025</t>
   </si>
   <si>
     <t>Mr Paul Cockerill</t>
+  </si>
+  <si>
+    <t>Vice-chair / Co-opted Governor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Gill Sans MT"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Gill Sans MT"/>
@@ -191,94 +197,95 @@
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -532,50 +539,54 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1C54DCAB-F23D-411C-A13A-FE81F0FF6011}">
   <dimension ref="A1:W19"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane xSplit="2" topLeftCell="N1" activePane="topRight" state="frozen"/>
       <selection pane="topRight" activeCell="W1" sqref="W1:Y1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="19.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="21.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="13" width="12.140625" style="5" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="13" style="5" bestFit="1" customWidth="1"/>
     <col min="15" max="16" width="23" style="5" bestFit="1" customWidth="1"/>
     <col min="17" max="20" width="13" style="5" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="23" style="5" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="13" style="5" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="8.85546875" style="5"/>
     <col min="24" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" s="2" customFormat="1" x14ac:dyDescent="0.4">
       <c r="A1" s="2" t="s">
@@ -1806,52 +1817,52 @@
       <c r="D14" s="5" t="s">
         <v>30</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>23</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>24</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>31</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1D2FB815-27AE-44D9-942E-185B0C3116B2}">
   <dimension ref="A1:I15"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D19" sqref="D19"/>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:I14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="19.5" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="21.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="7" width="13" style="5" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="13" style="5" customWidth="1"/>
     <col min="9" max="9" width="13" style="5" bestFit="1" customWidth="1"/>
     <col min="10" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="2" customFormat="1" x14ac:dyDescent="0.4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="7">
         <v>45568</v>
       </c>
       <c r="D1" s="3">
         <v>45580</v>
       </c>
@@ -2222,89 +2233,456 @@
       </c>
       <c r="D14" s="5" t="s">
         <v>23</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>24</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>23</v>
       </c>
       <c r="G14" s="5" t="s">
         <v>23</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>23</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.4">
       <c r="C15" s="6"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F2A87D9-801E-40DB-A4BD-5076D8BD99A0}">
+  <dimension ref="A1:K13"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E12" sqref="E12"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="19.5" x14ac:dyDescent="0.4"/>
+  <cols>
+    <col min="1" max="1" width="20.7109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="31.85546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="9" width="13" bestFit="1" customWidth="1"/>
+    <col min="10" max="11" width="13" style="1" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="7">
+        <v>45932</v>
+      </c>
+      <c r="D1" s="3">
+        <v>45952</v>
+      </c>
+      <c r="E1" s="3">
+        <v>45986</v>
+      </c>
+      <c r="F1" s="3">
+        <v>46030</v>
+      </c>
+      <c r="G1" s="3">
+        <v>46064</v>
+      </c>
+      <c r="H1" s="3">
+        <v>46098</v>
+      </c>
+      <c r="I1" s="3">
+        <v>46141</v>
+      </c>
+      <c r="J1" s="10">
+        <v>46162</v>
+      </c>
+      <c r="K1" s="10">
+        <v>46196</v>
+      </c>
+    </row>
+    <row r="2" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A2" s="1" t="s">
+        <v>2</v>
+      </c>
+      <c r="B2" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="C2" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D2" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G2" s="5"/>
+      <c r="H2" s="5"/>
+      <c r="I2" s="5"/>
+    </row>
+    <row r="3" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A3" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+      <c r="I3" s="5"/>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A4" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A5" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G5" s="5"/>
+      <c r="H5" s="5"/>
+      <c r="I5" s="5"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A6" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A7" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G7" s="5"/>
+      <c r="H7" s="5"/>
+      <c r="I7" s="5"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A8" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A9" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A10" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" s="5"/>
+      <c r="F10" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A11" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="G11" s="5"/>
+      <c r="H11" s="5"/>
+      <c r="I11" s="5"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A12" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="G12" s="5"/>
+      <c r="H12" s="5"/>
+      <c r="I12" s="5"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.4">
+      <c r="A13" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="dd7eb571-6756-42ab-8932-e03310c0dd41">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <_Flow_SignoffStatus xmlns="dd7eb571-6756-42ab-8932-e03310c0dd41" xsi:nil="true"/>
     <TaxCatchAll xmlns="5fc80359-f6c0-477f-9c01-ed1538f7ef86" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E626123488F14D489A60DFCF938F3BF6" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="29c9f34fa7e6d6b3237c424fb50e439a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5fc80359-f6c0-477f-9c01-ed1538f7ef86" xmlns:ns3="dd7eb571-6756-42ab-8932-e03310c0dd41" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="68a4ef791815c60132d21b7e9d2a3556" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E626123488F14D489A60DFCF938F3BF6" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d4bbb544fc8fe4da5867e92d411cae64">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="5fc80359-f6c0-477f-9c01-ed1538f7ef86" xmlns:ns3="dd7eb571-6756-42ab-8932-e03310c0dd41" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ec9f964c30c0c534d77d1b69641c856" ns2:_="" ns3:_="">
     <xsd:import namespace="5fc80359-f6c0-477f-9c01-ed1538f7ef86"/>
     <xsd:import namespace="dd7eb571-6756-42ab-8932-e03310c0dd41"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:_Flow_SignoffStatus" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -2529,110 +2907,96 @@
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AA4A17C8-7AAE-45B6-84DE-1723F5CC4B3B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="5fc80359-f6c0-477f-9c01-ed1538f7ef86"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="dd7eb571-6756-42ab-8932-e03310c0dd41"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="5fc80359-f6c0-477f-9c01-ed1538f7ef86"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7A8D249-D916-4037-A9B9-3A4102EA6B8A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F3C34A6C-9001-4886-83EE-24D30BA89007}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9AA31F9D-275D-40FF-B2C2-26C667A17DB3}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>2022-2023</vt:lpstr>
       <vt:lpstr>2023-2024</vt:lpstr>
       <vt:lpstr>2024-2025</vt:lpstr>
+      <vt:lpstr>2025-2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jonathan Hill</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100E626123488F14D489A60DFCF938F3BF6</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">